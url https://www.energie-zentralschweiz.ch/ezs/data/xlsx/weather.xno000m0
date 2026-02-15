--- v0 (2025-12-07)
+++ v1 (2026-02-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Monat</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
@@ -370,89 +370,50 @@
     </r>
     <r>
       <t xml:space="preserve">
 Kd</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Titlis</t>
     </r>
     <r>
       <t xml:space="preserve">
 Kd</t>
     </r>
   </si>
   <si>
-    <t>2023/01</t>
-[...37 lines deleted...]
-  <si>
     <t>2024/01</t>
   </si>
   <si>
     <t>2024/02</t>
   </si>
   <si>
     <t>2024/03</t>
   </si>
   <si>
     <t>2024/04</t>
   </si>
   <si>
     <t>2024/05</t>
   </si>
   <si>
     <t>2024/06</t>
   </si>
   <si>
     <t>2024/07</t>
   </si>
   <si>
     <t>2024/08</t>
   </si>
   <si>
     <t>2024/09</t>
@@ -479,50 +440,59 @@
     <t>2025/03</t>
   </si>
   <si>
     <t>2025/04</t>
   </si>
   <si>
     <t>2025/05</t>
   </si>
   <si>
     <t>2025/06</t>
   </si>
   <si>
     <t>2025/07</t>
   </si>
   <si>
     <t>2025/08</t>
   </si>
   <si>
     <t>2025/09</t>
   </si>
   <si>
     <t>2025/10</t>
   </si>
   <si>
     <t>2025/11</t>
+  </si>
+  <si>
+    <t>2025/12</t>
+  </si>
+  <si>
+    <t>2025 Total</t>
+  </si>
+  <si>
+    <t>2026/01</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -839,51 +809,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T38"/>
+  <dimension ref="A1:T28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="1" ySplit="1" activePane="bottomRight" state="frozen" topLeftCell="B2"/>
       <selection pane="bottomRight" activeCell="A1" sqref="A1:T1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="11.711" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="1"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="1"/>
     <col min="17" max="17" width="9.283" bestFit="true" customWidth="true" style="1"/>
@@ -1444,2079 +1414,1549 @@
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Titlis</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">
 Kd</t>
           </r>
         </is>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B2" s="1">
-        <v>511.30000000000001</v>
+        <v>538.0</v>
       </c>
       <c r="C2" s="1">
-        <v>760.20000000000005</v>
+        <v>723.10000000000002</v>
       </c>
       <c r="D2" s="1">
-        <v>534.20000000000005</v>
+        <v>547.20000000000005</v>
       </c>
       <c r="E2" s="1">
-        <v>564.0</v>
+        <v>564.89999999999998</v>
       </c>
       <c r="F2" s="1">
-        <v>640.5</v>
+        <v>620.79999999999995</v>
       </c>
       <c r="G2" s="1">
-        <v>660.10000000000002</v>
+        <v>624.89999999999998</v>
       </c>
       <c r="H2" s="1">
-        <v>628.29999999999995</v>
+        <v>590.70000000000005</v>
       </c>
       <c r="I2" s="1">
-        <v>523.29999999999995</v>
+        <v>525.20000000000005</v>
       </c>
       <c r="J2" s="1">
-        <v>573.89999999999998</v>
+        <v>550.39999999999998</v>
       </c>
       <c r="K2" s="1">
-        <v>594.79999999999995</v>
+        <v>558.0</v>
       </c>
       <c r="L2" s="1">
-        <v>811.20000000000005</v>
+        <v>729.70000000000005</v>
       </c>
       <c r="M2" s="1">
-        <v>542.10000000000002</v>
+        <v>541.20000000000005</v>
       </c>
       <c r="N2" s="1">
-        <v>544.20000000000005</v>
+        <v>535.79999999999995</v>
       </c>
       <c r="O2" s="1">
-        <v>534.89999999999998</v>
+        <v>549.79999999999995</v>
       </c>
       <c r="P2" s="1">
-        <v>696.10000000000002</v>
+        <v>609.89999999999998</v>
       </c>
       <c r="Q2" s="1">
-        <v>760.89999999999998</v>
+        <v>692.5</v>
       </c>
       <c r="R2" s="1">
-        <v>604.0</v>
+        <v>594.39999999999998</v>
       </c>
       <c r="S2" s="1">
-        <v>602.70000000000005</v>
+        <v>591.20000000000005</v>
       </c>
       <c r="T2" s="1">
-        <v>936.5</v>
+        <v>854.10000000000002</v>
       </c>
     </row>
     <row r="3" spans="1:20">
       <c r="A3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B3" s="1">
-        <v>470.0</v>
+        <v>356.60000000000002</v>
       </c>
       <c r="C3" s="1">
-        <v>646.60000000000002</v>
+        <v>558.89999999999998</v>
       </c>
       <c r="D3" s="1">
-        <v>463.69999999999999</v>
+        <v>389.10000000000002</v>
       </c>
       <c r="E3" s="1">
-        <v>481.10000000000002</v>
+        <v>406.60000000000002</v>
       </c>
       <c r="F3" s="1">
-        <v>546.0</v>
+        <v>441.89999999999998</v>
       </c>
       <c r="G3" s="1">
-        <v>534.79999999999995</v>
+        <v>453.0</v>
       </c>
       <c r="H3" s="1">
-        <v>518.89999999999998</v>
+        <v>432.5</v>
       </c>
       <c r="I3" s="1">
-        <v>447.5</v>
+        <v>383.5</v>
       </c>
       <c r="J3" s="1">
-        <v>491.39999999999998</v>
+        <v>418.0</v>
       </c>
       <c r="K3" s="1">
-        <v>490.39999999999998</v>
+        <v>414.60000000000002</v>
       </c>
       <c r="L3" s="1">
-        <v>656.29999999999995</v>
+        <v>633.89999999999998</v>
       </c>
       <c r="M3" s="1">
-        <v>457.60000000000002</v>
+        <v>381.80000000000001</v>
       </c>
       <c r="N3" s="1">
-        <v>459.19999999999999</v>
+        <v>390.39999999999998</v>
       </c>
       <c r="O3" s="1">
-        <v>486.5</v>
+        <v>405.19999999999999</v>
       </c>
       <c r="P3" s="1">
-        <v>547.39999999999998</v>
+        <v>495.39999999999998</v>
       </c>
       <c r="Q3" s="1">
-        <v>620.0</v>
+        <v>590.89999999999998</v>
       </c>
       <c r="R3" s="1">
-        <v>519.20000000000005</v>
+        <v>422.80000000000001</v>
       </c>
       <c r="S3" s="1">
-        <v>504.30000000000001</v>
+        <v>417.39999999999998</v>
       </c>
       <c r="T3" s="1">
-        <v>774.0</v>
+        <v>775.5</v>
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B4" s="1">
-        <v>389.69999999999999</v>
+        <v>313.80000000000001</v>
       </c>
       <c r="C4" s="1">
-        <v>579.20000000000005</v>
+        <v>576.89999999999998</v>
       </c>
       <c r="D4" s="1">
-        <v>379.10000000000002</v>
+        <v>366.69999999999999</v>
       </c>
       <c r="E4" s="1">
-        <v>419.60000000000002</v>
+        <v>402.80000000000001</v>
       </c>
       <c r="F4" s="1">
-        <v>488.5</v>
+        <v>448.19999999999999</v>
       </c>
       <c r="G4" s="1">
-        <v>498.39999999999998</v>
+        <v>442.10000000000002</v>
       </c>
       <c r="H4" s="1">
-        <v>478.30000000000001</v>
+        <v>447.69999999999999</v>
       </c>
       <c r="I4" s="1">
-        <v>374.5</v>
+        <v>323.80000000000001</v>
       </c>
       <c r="J4" s="1">
-        <v>425.10000000000002</v>
+        <v>385.0</v>
       </c>
       <c r="K4" s="1">
-        <v>463.5</v>
+        <v>446.39999999999998</v>
       </c>
       <c r="L4" s="1">
-        <v>707.60000000000002</v>
+        <v>702.29999999999995</v>
       </c>
       <c r="M4" s="1">
-        <v>374.30000000000001</v>
+        <v>336.19999999999999</v>
       </c>
       <c r="N4" s="1">
-        <v>379.5</v>
+        <v>345.0</v>
       </c>
       <c r="O4" s="1">
-        <v>403.69999999999999</v>
+        <v>402.80000000000001</v>
       </c>
       <c r="P4" s="1">
-        <v>558.89999999999998</v>
+        <v>510.19999999999999</v>
       </c>
       <c r="Q4" s="1">
-        <v>660.89999999999998</v>
+        <v>640.10000000000002</v>
       </c>
       <c r="R4" s="1">
-        <v>469.39999999999998</v>
+        <v>392.89999999999998</v>
       </c>
       <c r="S4" s="1">
-        <v>452.69999999999999</v>
+        <v>439.89999999999998</v>
       </c>
       <c r="T4" s="1">
-        <v>855.39999999999998</v>
+        <v>847.29999999999995</v>
       </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B5" s="1">
-        <v>293.69999999999999</v>
+        <v>235.40000000000001</v>
       </c>
       <c r="C5" s="1">
-        <v>518.5</v>
+        <v>488.39999999999998</v>
       </c>
       <c r="D5" s="1">
-        <v>306.0</v>
+        <v>233.80000000000001</v>
       </c>
       <c r="E5" s="1">
-        <v>327.0</v>
+        <v>265.60000000000002</v>
       </c>
       <c r="F5" s="1">
-        <v>423.89999999999998</v>
+        <v>339.89999999999998</v>
       </c>
       <c r="G5" s="1">
-        <v>446.89999999999998</v>
+        <v>344.80000000000001</v>
       </c>
       <c r="H5" s="1">
-        <v>427.39999999999998</v>
+        <v>342.89999999999998</v>
       </c>
       <c r="I5" s="1">
-        <v>319.5</v>
+        <v>239.0</v>
       </c>
       <c r="J5" s="1">
-        <v>329.89999999999998</v>
+        <v>273.19999999999999</v>
       </c>
       <c r="K5" s="1">
-        <v>404.5</v>
+        <v>314.19999999999999</v>
       </c>
       <c r="L5" s="1">
-        <v>679.0</v>
+        <v>630.0</v>
       </c>
       <c r="M5" s="1">
-        <v>306.19999999999999</v>
+        <v>232.40000000000001</v>
       </c>
       <c r="N5" s="1">
-        <v>299.30000000000001</v>
+        <v>235.19999999999999</v>
       </c>
       <c r="O5" s="1">
-        <v>319.89999999999998</v>
+        <v>278.19999999999999</v>
       </c>
       <c r="P5" s="1">
-        <v>522.70000000000005</v>
+        <v>415.39999999999998</v>
       </c>
       <c r="Q5" s="1">
-        <v>646.60000000000002</v>
+        <v>568.79999999999995</v>
       </c>
       <c r="R5" s="1">
-        <v>403.39999999999998</v>
+        <v>320.80000000000001</v>
       </c>
       <c r="S5" s="1">
-        <v>387.69999999999999</v>
+        <v>331.89999999999998</v>
       </c>
       <c r="T5" s="1">
-        <v>843.10000000000002</v>
+        <v>778.29999999999995</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B6" s="1">
-        <v>116.90000000000001</v>
+        <v>45.6</v>
       </c>
       <c r="C6" s="1">
-        <v>362.5</v>
+        <v>374.0</v>
       </c>
       <c r="D6" s="1">
-        <v>89.2</v>
+        <v>45.6</v>
       </c>
       <c r="E6" s="1">
-        <v>109.8</v>
+        <v>80.099999999999994</v>
       </c>
       <c r="F6" s="1">
-        <v>202.59999999999999</v>
+        <v>227.0</v>
       </c>
       <c r="G6" s="1">
-        <v>226.19999999999999</v>
+        <v>240.40000000000001</v>
       </c>
       <c r="H6" s="1">
-        <v>218.90000000000001</v>
+        <v>218.099999999999994</v>
       </c>
       <c r="I6" s="1">
-        <v>130.59999999999999</v>
+        <v>66.59999999999999</v>
       </c>
       <c r="J6" s="1">
-        <v>92.5</v>
+        <v>65.5</v>
       </c>
       <c r="K6" s="1">
-        <v>186.30000000000001</v>
+        <v>173.90000000000001</v>
       </c>
       <c r="L6" s="1">
-        <v>521.79999999999995</v>
+        <v>551.79999999999995</v>
       </c>
       <c r="M6" s="1">
-        <v>91.0</v>
+        <v>37.9</v>
       </c>
       <c r="N6" s="1">
-        <v>90.5</v>
+        <v>46.0</v>
       </c>
       <c r="O6" s="1">
-        <v>72.0</v>
+        <v>53.3</v>
       </c>
       <c r="P6" s="1">
-        <v>308.60000000000002</v>
+        <v>334.5</v>
       </c>
       <c r="Q6" s="1">
-        <v>486.30000000000001</v>
+        <v>504.80000000000001</v>
       </c>
       <c r="R6" s="1">
-        <v>172.5</v>
+        <v>157.69999999999999</v>
       </c>
       <c r="S6" s="1">
-        <v>169.099999999999994</v>
+        <v>147.80000000000001</v>
       </c>
       <c r="T6" s="1">
-        <v>683.5</v>
+        <v>706.70000000000005</v>
       </c>
     </row>
     <row r="7" spans="1:20">
       <c r="A7" s="1" t="s">
         <v>25</v>
       </c>
+      <c r="B7" s="1">
+        <v>8.3</v>
+      </c>
       <c r="C7" s="1">
-        <v>99.7</v>
+        <v>132.0</v>
+      </c>
+      <c r="D7" s="1">
+        <v>8.4</v>
+      </c>
+      <c r="E7" s="1">
+        <v>9.1</v>
+      </c>
+      <c r="F7" s="1">
+        <v>57.5</v>
+      </c>
+      <c r="G7" s="1">
+        <v>95.2</v>
+      </c>
+      <c r="H7" s="1">
+        <v>76.099999999999994</v>
+      </c>
+      <c r="I7" s="1">
+        <v>17.7</v>
+      </c>
+      <c r="J7" s="1">
+        <v>16.7</v>
+      </c>
+      <c r="K7" s="1">
+        <v>65.90000000000001</v>
       </c>
       <c r="L7" s="1">
-        <v>307.30000000000001</v>
+        <v>382.60000000000002</v>
+      </c>
+      <c r="M7" s="1">
+        <v>17.7</v>
+      </c>
+      <c r="N7" s="1">
+        <v>8.8</v>
+      </c>
+      <c r="O7" s="1">
+        <v>8.6</v>
       </c>
       <c r="P7" s="1">
-        <v>8.7</v>
+        <v>146.30000000000001</v>
       </c>
       <c r="Q7" s="1">
-        <v>250.5</v>
+        <v>318.19999999999999</v>
+      </c>
+      <c r="R7" s="1">
+        <v>38.3</v>
+      </c>
+      <c r="S7" s="1">
+        <v>28.6</v>
       </c>
       <c r="T7" s="1">
-        <v>519.20000000000005</v>
+        <v>548.89999999999998</v>
       </c>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" s="1" t="s">
         <v>26</v>
       </c>
       <c r="C8" s="1">
-        <v>47.3</v>
+        <v>57.2</v>
       </c>
       <c r="F8" s="1">
-        <v>9.4</v>
+        <v>8.1</v>
       </c>
       <c r="G8" s="1">
-        <v>10.1</v>
+        <v>9.1</v>
       </c>
       <c r="H8" s="1">
-        <v>8.8</v>
+        <v>8.1</v>
       </c>
       <c r="K8" s="1">
-        <v>9.7</v>
+        <v>8.6</v>
       </c>
       <c r="L8" s="1">
-        <v>259.19999999999999</v>
+        <v>202.40000000000001</v>
       </c>
       <c r="P8" s="1">
-        <v>39.9</v>
+        <v>58.8</v>
       </c>
       <c r="Q8" s="1">
-        <v>236.30000000000001</v>
-[...2 lines deleted...]
-        <v>8.6</v>
+        <v>189.40000000000001</v>
+      </c>
+      <c r="T8" s="1">
+        <v>463.69999999999999</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" s="1" t="s">
         <v>27</v>
       </c>
       <c r="C9" s="1">
-        <v>128.59999999999999</v>
-[...20 lines deleted...]
-        <v>59.6</v>
+        <v>17.1</v>
       </c>
       <c r="L9" s="1">
-        <v>240.40000000000001</v>
-[...5 lines deleted...]
-        <v>8.0</v>
+        <v>121.3</v>
       </c>
       <c r="P9" s="1">
-        <v>123.90000000000001</v>
+        <v>45.1</v>
       </c>
       <c r="Q9" s="1">
-        <v>225.80000000000001</v>
-[...5 lines deleted...]
-        <v>36.3</v>
+        <v>104.099999999999994</v>
       </c>
       <c r="T9" s="1">
-        <v>491.39999999999998</v>
+        <v>416.19999999999999</v>
       </c>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B10" s="1">
-        <v>25.0</v>
+        <v>92.0</v>
       </c>
       <c r="C10" s="1">
-        <v>103.3</v>
+        <v>282.0</v>
+      </c>
+      <c r="D10" s="1">
+        <v>73.7</v>
       </c>
       <c r="E10" s="1">
-        <v>16.5</v>
+        <v>103.59999999999999</v>
       </c>
       <c r="F10" s="1">
-        <v>49.2</v>
+        <v>174.40000000000001</v>
       </c>
       <c r="G10" s="1">
-        <v>52.3</v>
+        <v>213.0</v>
       </c>
       <c r="H10" s="1">
-        <v>41.7</v>
+        <v>179.69999999999999</v>
       </c>
       <c r="I10" s="1">
-        <v>8.1</v>
+        <v>84.099999999999994</v>
       </c>
       <c r="J10" s="1">
-        <v>34.8</v>
+        <v>104.5</v>
       </c>
       <c r="K10" s="1">
-        <v>40.2</v>
+        <v>162.0</v>
       </c>
       <c r="L10" s="1">
-        <v>251.90000000000001</v>
+        <v>460.5</v>
+      </c>
+      <c r="M10" s="1">
+        <v>81.90000000000001</v>
+      </c>
+      <c r="N10" s="1">
+        <v>82.8</v>
       </c>
       <c r="O10" s="1">
-        <v>25.1</v>
+        <v>111.2</v>
       </c>
       <c r="P10" s="1">
-        <v>73.8</v>
+        <v>258.60000000000002</v>
       </c>
       <c r="Q10" s="1">
-        <v>184.30000000000001</v>
+        <v>395.19999999999999</v>
       </c>
       <c r="R10" s="1">
-        <v>36.6</v>
+        <v>146.80000000000001</v>
       </c>
       <c r="S10" s="1">
-        <v>30.4</v>
+        <v>146.40000000000001</v>
       </c>
       <c r="T10" s="1">
-        <v>436.89999999999998</v>
+        <v>614.20000000000005</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="1">
-        <v>90.8</v>
+        <v>175.80000000000001</v>
       </c>
       <c r="C11" s="1">
-        <v>356.0</v>
+        <v>352.10000000000002</v>
       </c>
       <c r="D11" s="1">
-        <v>131.0</v>
+        <v>148.69999999999999</v>
       </c>
       <c r="E11" s="1">
-        <v>155.30000000000001</v>
+        <v>186.19999999999999</v>
       </c>
       <c r="F11" s="1">
-        <v>228.30000000000001</v>
+        <v>289.5</v>
       </c>
       <c r="G11" s="1">
-        <v>203.19999999999999</v>
+        <v>287.10000000000002</v>
       </c>
       <c r="H11" s="1">
-        <v>202.80000000000001</v>
+        <v>249.80000000000001</v>
       </c>
       <c r="I11" s="1">
-        <v>103.7</v>
+        <v>135.59999999999999</v>
       </c>
       <c r="J11" s="1">
-        <v>113.90000000000001</v>
+        <v>236.59999999999999</v>
       </c>
       <c r="K11" s="1">
-        <v>142.0</v>
+        <v>173.5</v>
       </c>
       <c r="L11" s="1">
-        <v>424.5</v>
+        <v>496.0</v>
       </c>
       <c r="M11" s="1">
-        <v>134.099999999999994</v>
+        <v>138.0</v>
       </c>
       <c r="N11" s="1">
-        <v>144.19999999999999</v>
+        <v>154.69999999999999</v>
       </c>
       <c r="O11" s="1">
-        <v>158.90000000000001</v>
+        <v>205.0</v>
       </c>
       <c r="P11" s="1">
-        <v>236.90000000000001</v>
+        <v>295.60000000000002</v>
       </c>
       <c r="Q11" s="1">
-        <v>372.30000000000001</v>
+        <v>430.69999999999999</v>
       </c>
       <c r="R11" s="1">
-        <v>154.099999999999994</v>
+        <v>255.099999999999994</v>
       </c>
       <c r="S11" s="1">
-        <v>197.19999999999999</v>
+        <v>280.5</v>
       </c>
       <c r="T11" s="1">
-        <v>598.20000000000005</v>
+        <v>628.79999999999995</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="1">
-        <v>410.30000000000001</v>
+        <v>424.39999999999998</v>
       </c>
       <c r="C12" s="1">
-        <v>595.60000000000002</v>
+        <v>614.60000000000002</v>
       </c>
       <c r="D12" s="1">
-        <v>412.5</v>
+        <v>441.5</v>
       </c>
       <c r="E12" s="1">
-        <v>434.19999999999999</v>
+        <v>468.89999999999998</v>
       </c>
       <c r="F12" s="1">
-        <v>492.80000000000001</v>
+        <v>510.19999999999999</v>
       </c>
       <c r="G12" s="1">
-        <v>516.10000000000002</v>
+        <v>506.69999999999999</v>
       </c>
       <c r="H12" s="1">
-        <v>476.89999999999998</v>
+        <v>487.39999999999998</v>
       </c>
       <c r="I12" s="1">
-        <v>404.10000000000002</v>
+        <v>419.5</v>
       </c>
       <c r="J12" s="1">
-        <v>410.60000000000002</v>
+        <v>484.60000000000002</v>
       </c>
       <c r="K12" s="1">
-        <v>475.69999999999999</v>
+        <v>451.10000000000002</v>
       </c>
       <c r="L12" s="1">
-        <v>706.5</v>
+        <v>594.20000000000005</v>
       </c>
       <c r="M12" s="1">
-        <v>413.80000000000001</v>
+        <v>431.89999999999998</v>
       </c>
       <c r="N12" s="1">
-        <v>416.80000000000001</v>
+        <v>442.19999999999999</v>
       </c>
       <c r="O12" s="1">
-        <v>404.60000000000002</v>
+        <v>459.5</v>
       </c>
       <c r="P12" s="1">
-        <v>566.10000000000002</v>
+        <v>473.19999999999999</v>
       </c>
       <c r="Q12" s="1">
-        <v>668.20000000000005</v>
+        <v>542.39999999999998</v>
       </c>
       <c r="R12" s="1">
-        <v>473.10000000000002</v>
+        <v>486.0</v>
       </c>
       <c r="S12" s="1">
-        <v>456.60000000000002</v>
+        <v>491.89999999999998</v>
       </c>
       <c r="T12" s="1">
-        <v>838.79999999999995</v>
+        <v>704.5</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="1">
-        <v>485.60000000000002</v>
+        <v>553.5</v>
       </c>
       <c r="C13" s="1">
-        <v>686.20000000000005</v>
+        <v>807.89999999999998</v>
       </c>
       <c r="D13" s="1">
-        <v>505.0</v>
+        <v>560.10000000000002</v>
       </c>
       <c r="E13" s="1">
-        <v>527.89999999999998</v>
+        <v>597.0</v>
       </c>
       <c r="F13" s="1">
-        <v>560.70000000000005</v>
+        <v>644.39999999999998</v>
       </c>
       <c r="G13" s="1">
-        <v>565.60000000000002</v>
+        <v>631.10000000000002</v>
       </c>
       <c r="H13" s="1">
-        <v>534.20000000000005</v>
+        <v>603.79999999999995</v>
       </c>
       <c r="I13" s="1">
-        <v>476.5</v>
+        <v>535.79999999999995</v>
       </c>
       <c r="J13" s="1">
-        <v>518.20000000000005</v>
+        <v>595.60000000000002</v>
       </c>
       <c r="K13" s="1">
-        <v>515.29999999999995</v>
+        <v>571.29999999999995</v>
       </c>
       <c r="L13" s="1">
-        <v>702.5</v>
+        <v>714.29999999999995</v>
       </c>
       <c r="M13" s="1">
-        <v>499.5</v>
+        <v>568.70000000000005</v>
       </c>
       <c r="N13" s="1">
-        <v>506.30000000000001</v>
+        <v>556.5</v>
       </c>
       <c r="O13" s="1">
-        <v>510.19999999999999</v>
+        <v>581.0</v>
       </c>
       <c r="P13" s="1">
-        <v>577.70000000000005</v>
+        <v>604.60000000000002</v>
       </c>
       <c r="Q13" s="1">
-        <v>665.10000000000002</v>
+        <v>673.0</v>
       </c>
       <c r="R13" s="1">
-        <v>541.39999999999998</v>
+        <v>610.60000000000002</v>
       </c>
       <c r="S13" s="1">
-        <v>537.39999999999998</v>
+        <v>620.5</v>
       </c>
       <c r="T13" s="1">
-        <v>834.10000000000002</v>
+        <v>854.60000000000002</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="1">
-        <v>2793.30000000000018</v>
+        <v>2743.40000000000009</v>
       </c>
       <c r="C14" s="1">
-        <v>4883.69999999999982</v>
+        <v>4984.19999999999982</v>
       </c>
       <c r="D14" s="1">
-        <v>2820.69999999999982</v>
+        <v>2814.80000000000018</v>
       </c>
       <c r="E14" s="1">
-        <v>3043.59999999999991</v>
+        <v>3084.80000000000018</v>
       </c>
       <c r="F14" s="1">
-        <v>3699.19999999999982</v>
+        <v>3761.90000000000009</v>
       </c>
       <c r="G14" s="1">
-        <v>3793.0</v>
+        <v>3847.40000000000009</v>
       </c>
       <c r="H14" s="1">
-        <v>3586.0</v>
+        <v>3636.80000000000018</v>
       </c>
       <c r="I14" s="1">
-        <v>2796.099999999999909</v>
+        <v>2730.80000000000018</v>
       </c>
       <c r="J14" s="1">
-        <v>2998.40000000000009</v>
+        <v>3130.099999999999909</v>
       </c>
       <c r="K14" s="1">
-        <v>3382.0</v>
+        <v>3339.5</v>
       </c>
       <c r="L14" s="1">
-        <v>6268.19999999999982</v>
+        <v>6219.0</v>
       </c>
       <c r="M14" s="1">
-        <v>2826.80000000000018</v>
+        <v>2767.69999999999982</v>
       </c>
       <c r="N14" s="1">
-        <v>2840.0</v>
+        <v>2797.40000000000009</v>
       </c>
       <c r="O14" s="1">
-        <v>2923.80000000000018</v>
+        <v>3054.59999999999991</v>
       </c>
       <c r="P14" s="1">
-        <v>4260.69999999999982</v>
+        <v>4247.60000000000036</v>
       </c>
       <c r="Q14" s="1">
-        <v>5777.19999999999982</v>
+        <v>5650.10000000000036</v>
       </c>
       <c r="R14" s="1">
-        <v>3419.69999999999982</v>
+        <v>3425.40000000000009</v>
       </c>
       <c r="S14" s="1">
-        <v>3374.40000000000009</v>
+        <v>3496.099999999999909</v>
       </c>
       <c r="T14" s="1">
-        <v>7811.10000000000036</v>
+        <v>8192.79999999999927</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="1">
-        <v>538.0</v>
+        <v>495.89999999999998</v>
       </c>
       <c r="C15" s="1">
-        <v>723.10000000000002</v>
+        <v>710.79999999999995</v>
       </c>
       <c r="D15" s="1">
-        <v>547.20000000000005</v>
+        <v>557.5</v>
       </c>
       <c r="E15" s="1">
-        <v>564.89999999999998</v>
+        <v>578.89999999999998</v>
       </c>
       <c r="F15" s="1">
-        <v>620.79999999999995</v>
+        <v>641.79999999999995</v>
       </c>
       <c r="G15" s="1">
-        <v>624.89999999999998</v>
+        <v>626.0</v>
       </c>
       <c r="H15" s="1">
-        <v>590.70000000000005</v>
+        <v>594.79999999999995</v>
       </c>
       <c r="I15" s="1">
-        <v>525.20000000000005</v>
+        <v>522.5</v>
       </c>
       <c r="J15" s="1">
-        <v>550.39999999999998</v>
+        <v>583.20000000000005</v>
       </c>
       <c r="K15" s="1">
-        <v>558.0</v>
+        <v>535.20000000000005</v>
       </c>
       <c r="L15" s="1">
-        <v>729.70000000000005</v>
+        <v>762.39999999999998</v>
       </c>
       <c r="M15" s="1">
-        <v>541.20000000000005</v>
+        <v>559.70000000000005</v>
       </c>
       <c r="N15" s="1">
-        <v>535.79999999999995</v>
+        <v>546.20000000000005</v>
       </c>
       <c r="O15" s="1">
-        <v>549.79999999999995</v>
+        <v>561.39999999999998</v>
       </c>
       <c r="P15" s="1">
-        <v>609.89999999999998</v>
+        <v>609.5</v>
       </c>
       <c r="Q15" s="1">
-        <v>692.5</v>
+        <v>684.70000000000005</v>
       </c>
       <c r="R15" s="1">
-        <v>594.39999999999998</v>
+        <v>591.20000000000005</v>
       </c>
       <c r="S15" s="1">
-        <v>591.20000000000005</v>
+        <v>595.0</v>
       </c>
       <c r="T15" s="1">
-        <v>854.10000000000002</v>
+        <v>872.70000000000005</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="1">
-        <v>356.60000000000002</v>
+        <v>445.69999999999999</v>
       </c>
       <c r="C16" s="1">
-        <v>558.89999999999998</v>
+        <v>636.29999999999995</v>
       </c>
       <c r="D16" s="1">
-        <v>389.10000000000002</v>
+        <v>475.19999999999999</v>
       </c>
       <c r="E16" s="1">
-        <v>406.60000000000002</v>
+        <v>500.80000000000001</v>
       </c>
       <c r="F16" s="1">
-        <v>441.89999999999998</v>
+        <v>557.0</v>
       </c>
       <c r="G16" s="1">
-        <v>453.0</v>
+        <v>550.60000000000002</v>
       </c>
       <c r="H16" s="1">
-        <v>432.5</v>
+        <v>539.89999999999998</v>
       </c>
       <c r="I16" s="1">
-        <v>383.5</v>
+        <v>456.0</v>
       </c>
       <c r="J16" s="1">
-        <v>418.0</v>
+        <v>498.30000000000001</v>
       </c>
       <c r="K16" s="1">
-        <v>414.60000000000002</v>
+        <v>488.10000000000002</v>
       </c>
       <c r="L16" s="1">
-        <v>633.89999999999998</v>
+        <v>654.5</v>
       </c>
       <c r="M16" s="1">
-        <v>381.80000000000001</v>
+        <v>467.19999999999999</v>
       </c>
       <c r="N16" s="1">
-        <v>390.39999999999998</v>
+        <v>467.89999999999998</v>
       </c>
       <c r="O16" s="1">
-        <v>405.19999999999999</v>
+        <v>499.39999999999998</v>
       </c>
       <c r="P16" s="1">
-        <v>495.39999999999998</v>
+        <v>534.39999999999998</v>
       </c>
       <c r="Q16" s="1">
-        <v>590.89999999999998</v>
+        <v>598.29999999999995</v>
       </c>
       <c r="R16" s="1">
-        <v>422.80000000000001</v>
+        <v>517.29999999999995</v>
       </c>
       <c r="S16" s="1">
-        <v>417.39999999999998</v>
+        <v>522.79999999999995</v>
       </c>
       <c r="T16" s="1">
-        <v>775.5</v>
+        <v>766.60000000000002</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B17" s="1">
-        <v>313.80000000000001</v>
+        <v>333.5</v>
       </c>
       <c r="C17" s="1">
-        <v>576.89999999999998</v>
+        <v>574.70000000000005</v>
       </c>
       <c r="D17" s="1">
-        <v>366.69999999999999</v>
+        <v>391.60000000000002</v>
       </c>
       <c r="E17" s="1">
-        <v>402.80000000000001</v>
+        <v>422.19999999999999</v>
       </c>
       <c r="F17" s="1">
-        <v>448.19999999999999</v>
+        <v>480.0</v>
       </c>
       <c r="G17" s="1">
-        <v>442.10000000000002</v>
+        <v>479.89999999999998</v>
       </c>
       <c r="H17" s="1">
-        <v>447.69999999999999</v>
+        <v>473.5</v>
       </c>
       <c r="I17" s="1">
-        <v>323.80000000000001</v>
+        <v>359.89999999999998</v>
       </c>
       <c r="J17" s="1">
-        <v>385.0</v>
+        <v>422.60000000000002</v>
       </c>
       <c r="K17" s="1">
-        <v>446.39999999999998</v>
+        <v>435.60000000000002</v>
       </c>
       <c r="L17" s="1">
-        <v>702.29999999999995</v>
+        <v>717.60000000000002</v>
       </c>
       <c r="M17" s="1">
-        <v>336.19999999999999</v>
+        <v>370.5</v>
       </c>
       <c r="N17" s="1">
-        <v>345.0</v>
+        <v>384.60000000000002</v>
       </c>
       <c r="O17" s="1">
-        <v>402.80000000000001</v>
+        <v>440.0</v>
       </c>
       <c r="P17" s="1">
-        <v>510.19999999999999</v>
+        <v>534.29999999999995</v>
       </c>
       <c r="Q17" s="1">
-        <v>640.10000000000002</v>
+        <v>642.79999999999995</v>
       </c>
       <c r="R17" s="1">
-        <v>392.89999999999998</v>
+        <v>433.19999999999999</v>
       </c>
       <c r="S17" s="1">
-        <v>439.89999999999998</v>
+        <v>464.80000000000001</v>
       </c>
       <c r="T17" s="1">
-        <v>847.29999999999995</v>
+        <v>834.0</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B18" s="1">
-        <v>235.40000000000001</v>
+        <v>196.59999999999999</v>
       </c>
       <c r="C18" s="1">
-        <v>488.39999999999998</v>
+        <v>429.39999999999998</v>
       </c>
       <c r="D18" s="1">
-        <v>233.80000000000001</v>
+        <v>194.90000000000001</v>
       </c>
       <c r="E18" s="1">
-        <v>265.60000000000002</v>
+        <v>259.10000000000002</v>
       </c>
       <c r="F18" s="1">
-        <v>339.89999999999998</v>
+        <v>337.10000000000002</v>
       </c>
       <c r="G18" s="1">
-        <v>344.80000000000001</v>
+        <v>344.30000000000001</v>
       </c>
       <c r="H18" s="1">
-        <v>342.89999999999998</v>
+        <v>340.19999999999999</v>
       </c>
       <c r="I18" s="1">
-        <v>239.0</v>
+        <v>187.30000000000001</v>
       </c>
       <c r="J18" s="1">
-        <v>273.19999999999999</v>
+        <v>244.0</v>
       </c>
       <c r="K18" s="1">
-        <v>314.19999999999999</v>
+        <v>261.30000000000001</v>
       </c>
       <c r="L18" s="1">
-        <v>630.0</v>
+        <v>574.0</v>
       </c>
       <c r="M18" s="1">
-        <v>232.40000000000001</v>
+        <v>160.69999999999999</v>
       </c>
       <c r="N18" s="1">
-        <v>235.19999999999999</v>
+        <v>184.69999999999999</v>
       </c>
       <c r="O18" s="1">
-        <v>278.19999999999999</v>
+        <v>275.80000000000001</v>
       </c>
       <c r="P18" s="1">
-        <v>415.39999999999998</v>
+        <v>389.30000000000001</v>
       </c>
       <c r="Q18" s="1">
-        <v>568.79999999999995</v>
+        <v>519.79999999999995</v>
       </c>
       <c r="R18" s="1">
-        <v>320.80000000000001</v>
+        <v>291.0</v>
       </c>
       <c r="S18" s="1">
-        <v>331.89999999999998</v>
+        <v>327.69999999999999</v>
       </c>
       <c r="T18" s="1">
-        <v>778.29999999999995</v>
+        <v>717.79999999999995</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B19" s="1">
-        <v>45.6</v>
+        <v>77.2</v>
       </c>
       <c r="C19" s="1">
-        <v>374.0</v>
+        <v>369.39999999999998</v>
       </c>
       <c r="D19" s="1">
-        <v>45.6</v>
+        <v>70.8</v>
       </c>
       <c r="E19" s="1">
-        <v>80.099999999999994</v>
+        <v>83.59999999999999</v>
       </c>
       <c r="F19" s="1">
-        <v>227.0</v>
+        <v>233.0</v>
       </c>
       <c r="G19" s="1">
-        <v>240.40000000000001</v>
+        <v>271.0</v>
       </c>
       <c r="H19" s="1">
-        <v>218.099999999999994</v>
+        <v>248.099999999999994</v>
       </c>
       <c r="I19" s="1">
-        <v>66.59999999999999</v>
+        <v>74.2</v>
       </c>
       <c r="J19" s="1">
-        <v>65.5</v>
+        <v>91.40000000000001</v>
       </c>
       <c r="K19" s="1">
-        <v>173.90000000000001</v>
+        <v>218.19999999999999</v>
       </c>
       <c r="L19" s="1">
-        <v>551.79999999999995</v>
+        <v>522.29999999999995</v>
       </c>
       <c r="M19" s="1">
-        <v>37.9</v>
+        <v>71.2</v>
       </c>
       <c r="N19" s="1">
-        <v>46.0</v>
+        <v>72.0</v>
       </c>
       <c r="O19" s="1">
-        <v>53.3</v>
+        <v>83.40000000000001</v>
       </c>
       <c r="P19" s="1">
-        <v>334.5</v>
+        <v>343.5</v>
       </c>
       <c r="Q19" s="1">
-        <v>504.80000000000001</v>
+        <v>497.89999999999998</v>
       </c>
       <c r="R19" s="1">
-        <v>157.69999999999999</v>
+        <v>195.19999999999999</v>
       </c>
       <c r="S19" s="1">
-        <v>147.80000000000001</v>
+        <v>159.59999999999999</v>
       </c>
       <c r="T19" s="1">
-        <v>706.70000000000005</v>
+        <v>698.29999999999995</v>
       </c>
     </row>
     <row r="20" spans="1:20">
       <c r="A20" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="B20" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="1">
-        <v>132.0</v>
-[...23 lines deleted...]
-        <v>65.90000000000001</v>
+        <v>27.5</v>
       </c>
       <c r="L20" s="1">
-        <v>382.60000000000002</v>
-[...8 lines deleted...]
-        <v>8.6</v>
+        <v>190.59999999999999</v>
       </c>
       <c r="P20" s="1">
-        <v>146.30000000000001</v>
+        <v>55.3</v>
       </c>
       <c r="Q20" s="1">
-        <v>318.19999999999999</v>
-[...5 lines deleted...]
-        <v>28.6</v>
+        <v>166.80000000000001</v>
       </c>
       <c r="T20" s="1">
-        <v>548.89999999999998</v>
+        <v>433.5</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C21" s="1">
-        <v>57.2</v>
+        <v>138.5</v>
       </c>
       <c r="F21" s="1">
-        <v>8.1</v>
+        <v>26.5</v>
       </c>
       <c r="G21" s="1">
-        <v>9.1</v>
+        <v>37.9</v>
       </c>
       <c r="H21" s="1">
-        <v>8.1</v>
+        <v>35.6</v>
       </c>
       <c r="K21" s="1">
-        <v>8.6</v>
+        <v>27.8</v>
       </c>
       <c r="L21" s="1">
-        <v>202.40000000000001</v>
+        <v>341.60000000000002</v>
       </c>
       <c r="P21" s="1">
-        <v>58.8</v>
+        <v>110.5</v>
       </c>
       <c r="Q21" s="1">
-        <v>189.40000000000001</v>
+        <v>305.5</v>
+      </c>
+      <c r="R21" s="1">
+        <v>17.5</v>
+      </c>
+      <c r="S21" s="1">
+        <v>16.2</v>
       </c>
       <c r="T21" s="1">
-        <v>463.69999999999999</v>
+        <v>550.39999999999998</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C22" s="1">
-        <v>17.1</v>
+        <v>104.40000000000001</v>
+      </c>
+      <c r="F22" s="1">
+        <v>8.2</v>
+      </c>
+      <c r="G22" s="1">
+        <v>26.1</v>
+      </c>
+      <c r="H22" s="1">
+        <v>8.0</v>
+      </c>
+      <c r="K22" s="1">
+        <v>16.5</v>
       </c>
       <c r="L22" s="1">
-        <v>121.3</v>
+        <v>242.40000000000001</v>
       </c>
       <c r="P22" s="1">
-        <v>45.1</v>
+        <v>96.0</v>
       </c>
       <c r="Q22" s="1">
-        <v>104.099999999999994</v>
+        <v>206.90000000000001</v>
       </c>
       <c r="T22" s="1">
-        <v>416.19999999999999</v>
+        <v>477.39999999999998</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B23" s="1">
-        <v>92.0</v>
+        <v>37.4</v>
       </c>
       <c r="C23" s="1">
-        <v>282.0</v>
+        <v>282.80000000000001</v>
       </c>
       <c r="D23" s="1">
-        <v>73.7</v>
+        <v>62.6</v>
       </c>
       <c r="E23" s="1">
-        <v>103.59999999999999</v>
+        <v>75.3</v>
       </c>
       <c r="F23" s="1">
-        <v>174.40000000000001</v>
+        <v>153.40000000000001</v>
       </c>
       <c r="G23" s="1">
-        <v>213.0</v>
+        <v>156.0</v>
       </c>
       <c r="H23" s="1">
-        <v>179.69999999999999</v>
+        <v>147.80000000000001</v>
       </c>
       <c r="I23" s="1">
-        <v>84.099999999999994</v>
+        <v>54.5</v>
       </c>
       <c r="J23" s="1">
-        <v>104.5</v>
+        <v>64.0</v>
       </c>
       <c r="K23" s="1">
-        <v>162.0</v>
+        <v>129.90000000000001</v>
       </c>
       <c r="L23" s="1">
-        <v>460.5</v>
+        <v>387.39999999999998</v>
       </c>
       <c r="M23" s="1">
-        <v>81.90000000000001</v>
+        <v>53.8</v>
       </c>
       <c r="N23" s="1">
-        <v>82.8</v>
+        <v>54.6</v>
       </c>
       <c r="O23" s="1">
-        <v>111.2</v>
+        <v>72.8</v>
       </c>
       <c r="P23" s="1">
-        <v>258.60000000000002</v>
+        <v>239.0</v>
       </c>
       <c r="Q23" s="1">
-        <v>395.19999999999999</v>
+        <v>370.69999999999999</v>
       </c>
       <c r="R23" s="1">
-        <v>146.80000000000001</v>
+        <v>118.8</v>
       </c>
       <c r="S23" s="1">
-        <v>146.40000000000001</v>
+        <v>103.3</v>
       </c>
       <c r="T23" s="1">
-        <v>614.20000000000005</v>
+        <v>566.20000000000005</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B24" s="1">
-        <v>175.80000000000001</v>
+        <v>224.80000000000001</v>
       </c>
       <c r="C24" s="1">
-        <v>352.10000000000002</v>
+        <v>479.89999999999998</v>
       </c>
       <c r="D24" s="1">
-        <v>148.69999999999999</v>
+        <v>259.80000000000001</v>
       </c>
       <c r="E24" s="1">
-        <v>186.19999999999999</v>
+        <v>305.69999999999999</v>
       </c>
       <c r="F24" s="1">
-        <v>289.5</v>
+        <v>386.19999999999999</v>
       </c>
       <c r="G24" s="1">
-        <v>287.10000000000002</v>
+        <v>399.5</v>
       </c>
       <c r="H24" s="1">
-        <v>249.80000000000001</v>
+        <v>393.89999999999998</v>
       </c>
       <c r="I24" s="1">
-        <v>135.59999999999999</v>
+        <v>237.30000000000001</v>
       </c>
       <c r="J24" s="1">
-        <v>236.59999999999999</v>
+        <v>300.60000000000002</v>
       </c>
       <c r="K24" s="1">
-        <v>173.5</v>
+        <v>343.39999999999998</v>
       </c>
       <c r="L24" s="1">
-        <v>496.0</v>
+        <v>545.20000000000005</v>
       </c>
       <c r="M24" s="1">
-        <v>138.0</v>
+        <v>279.69999999999999</v>
       </c>
       <c r="N24" s="1">
-        <v>154.69999999999999</v>
+        <v>256.30000000000001</v>
       </c>
       <c r="O24" s="1">
-        <v>205.0</v>
+        <v>280.89999999999998</v>
       </c>
       <c r="P24" s="1">
-        <v>295.60000000000002</v>
+        <v>452.89999999999998</v>
       </c>
       <c r="Q24" s="1">
-        <v>430.69999999999999</v>
+        <v>495.80000000000001</v>
       </c>
       <c r="R24" s="1">
-        <v>255.099999999999994</v>
+        <v>360.0</v>
       </c>
       <c r="S24" s="1">
-        <v>280.5</v>
+        <v>346.0</v>
       </c>
       <c r="T24" s="1">
-        <v>628.79999999999995</v>
+        <v>681.10000000000002</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" s="1" t="s">
         <v>43</v>
       </c>
       <c r="B25" s="1">
-        <v>424.39999999999998</v>
+        <v>431.89999999999998</v>
       </c>
       <c r="C25" s="1">
-        <v>614.60000000000002</v>
+        <v>587.20000000000005</v>
       </c>
       <c r="D25" s="1">
-        <v>441.5</v>
+        <v>465.80000000000001</v>
       </c>
       <c r="E25" s="1">
-        <v>468.89999999999998</v>
+        <v>478.19999999999999</v>
       </c>
       <c r="F25" s="1">
-        <v>510.19999999999999</v>
+        <v>518.89999999999998</v>
       </c>
       <c r="G25" s="1">
-        <v>506.69999999999999</v>
+        <v>515.0</v>
       </c>
       <c r="H25" s="1">
-        <v>487.39999999999998</v>
+        <v>491.39999999999998</v>
       </c>
       <c r="I25" s="1">
-        <v>419.5</v>
+        <v>409.0</v>
       </c>
       <c r="J25" s="1">
-        <v>484.60000000000002</v>
+        <v>501.60000000000002</v>
       </c>
       <c r="K25" s="1">
-        <v>451.10000000000002</v>
+        <v>405.19999999999999</v>
       </c>
       <c r="L25" s="1">
-        <v>594.20000000000005</v>
+        <v>656.20000000000005</v>
       </c>
       <c r="M25" s="1">
-        <v>431.89999999999998</v>
+        <v>440.0</v>
       </c>
       <c r="N25" s="1">
-        <v>442.19999999999999</v>
+        <v>452.5</v>
       </c>
       <c r="O25" s="1">
-        <v>459.5</v>
+        <v>475.0</v>
       </c>
       <c r="P25" s="1">
-        <v>473.19999999999999</v>
+        <v>496.5</v>
       </c>
       <c r="Q25" s="1">
-        <v>542.39999999999998</v>
+        <v>593.79999999999995</v>
       </c>
       <c r="R25" s="1">
-        <v>486.0</v>
+        <v>477.5</v>
       </c>
       <c r="S25" s="1">
-        <v>491.89999999999998</v>
+        <v>504.5</v>
       </c>
       <c r="T25" s="1">
-        <v>704.5</v>
+        <v>772.20000000000005</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" s="1" t="s">
         <v>44</v>
       </c>
       <c r="B26" s="1">
-        <v>553.5</v>
+        <v>519.20000000000005</v>
       </c>
       <c r="C26" s="1">
-        <v>807.89999999999998</v>
+        <v>611.70000000000005</v>
       </c>
       <c r="D26" s="1">
-        <v>560.10000000000002</v>
+        <v>551.0</v>
       </c>
       <c r="E26" s="1">
-        <v>597.0</v>
+        <v>565.5</v>
       </c>
       <c r="F26" s="1">
-        <v>644.39999999999998</v>
+        <v>608.60000000000002</v>
       </c>
       <c r="G26" s="1">
-        <v>631.10000000000002</v>
+        <v>591.60000000000002</v>
       </c>
       <c r="H26" s="1">
-        <v>603.79999999999995</v>
+        <v>584.89999999999998</v>
       </c>
       <c r="I26" s="1">
-        <v>535.79999999999995</v>
+        <v>519.5</v>
       </c>
       <c r="J26" s="1">
-        <v>595.60000000000002</v>
+        <v>580.60000000000002</v>
       </c>
       <c r="K26" s="1">
-        <v>571.29999999999995</v>
+        <v>485.39999999999998</v>
       </c>
       <c r="L26" s="1">
-        <v>714.29999999999995</v>
+        <v>675.29999999999995</v>
       </c>
       <c r="M26" s="1">
-        <v>568.70000000000005</v>
+        <v>551.60000000000002</v>
       </c>
       <c r="N26" s="1">
-        <v>556.5</v>
+        <v>543.70000000000005</v>
       </c>
       <c r="O26" s="1">
-        <v>581.0</v>
+        <v>558.39999999999998</v>
       </c>
       <c r="P26" s="1">
-        <v>604.60000000000002</v>
+        <v>523.79999999999995</v>
       </c>
       <c r="Q26" s="1">
-        <v>673.0</v>
+        <v>594.70000000000005</v>
       </c>
       <c r="R26" s="1">
-        <v>610.60000000000002</v>
+        <v>584.5</v>
       </c>
       <c r="S26" s="1">
-        <v>620.5</v>
+        <v>602.5</v>
       </c>
       <c r="T26" s="1">
-        <v>854.60000000000002</v>
+        <v>774.79999999999995</v>
       </c>
     </row>
     <row r="27" spans="1:20">
       <c r="A27" s="1" t="s">
         <v>45</v>
       </c>
       <c r="B27" s="1">
-        <v>2743.40000000000009</v>
+        <v>2762.19999999999982</v>
       </c>
       <c r="C27" s="1">
-        <v>4984.19999999999982</v>
+        <v>4952.60000000000036</v>
       </c>
       <c r="D27" s="1">
-        <v>2814.80000000000018</v>
+        <v>3029.19999999999982</v>
       </c>
       <c r="E27" s="1">
-        <v>3084.80000000000018</v>
+        <v>3269.30000000000018</v>
       </c>
       <c r="F27" s="1">
-        <v>3761.90000000000009</v>
+        <v>3950.69999999999982</v>
       </c>
       <c r="G27" s="1">
-        <v>3847.40000000000009</v>
+        <v>3997.90000000000009</v>
       </c>
       <c r="H27" s="1">
-        <v>3636.80000000000018</v>
+        <v>3858.099999999999909</v>
       </c>
       <c r="I27" s="1">
-        <v>2730.80000000000018</v>
+        <v>2820.19999999999982</v>
       </c>
       <c r="J27" s="1">
-        <v>3130.099999999999909</v>
+        <v>3286.30000000000018</v>
       </c>
       <c r="K27" s="1">
-        <v>3339.5</v>
+        <v>3346.59999999999991</v>
       </c>
       <c r="L27" s="1">
-        <v>6219.0</v>
+        <v>6269.5</v>
       </c>
       <c r="M27" s="1">
-        <v>2767.69999999999982</v>
+        <v>2954.40000000000009</v>
       </c>
       <c r="N27" s="1">
-        <v>2797.40000000000009</v>
+        <v>2962.5</v>
       </c>
       <c r="O27" s="1">
-        <v>3054.59999999999991</v>
+        <v>3247.099999999999909</v>
       </c>
       <c r="P27" s="1">
-        <v>4247.60000000000036</v>
+        <v>4385.0</v>
       </c>
       <c r="Q27" s="1">
-        <v>5650.10000000000036</v>
+        <v>5677.69999999999982</v>
       </c>
       <c r="R27" s="1">
-        <v>3425.40000000000009</v>
+        <v>3586.19999999999982</v>
       </c>
       <c r="S27" s="1">
-        <v>3496.099999999999909</v>
+        <v>3642.40000000000009</v>
       </c>
       <c r="T27" s="1">
-        <v>8192.79999999999927</v>
+        <v>8145.0</v>
       </c>
     </row>
     <row r="28" spans="1:20">
       <c r="A28" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B28" s="1">
-        <v>495.89999999999998</v>
+        <v>571.29999999999995</v>
       </c>
       <c r="C28" s="1">
-        <v>710.79999999999995</v>
+        <v>732.20000000000005</v>
       </c>
       <c r="D28" s="1">
-        <v>557.5</v>
+        <v>632.29999999999995</v>
       </c>
       <c r="E28" s="1">
-        <v>578.89999999999998</v>
+        <v>642.20000000000005</v>
       </c>
       <c r="F28" s="1">
-        <v>641.79999999999995</v>
+        <v>684.89999999999998</v>
       </c>
       <c r="G28" s="1">
-        <v>626.0</v>
+        <v>664.5</v>
       </c>
       <c r="H28" s="1">
-        <v>594.79999999999995</v>
+        <v>643.39999999999998</v>
       </c>
       <c r="I28" s="1">
-        <v>522.5</v>
+        <v>582.79999999999995</v>
       </c>
       <c r="J28" s="1">
-        <v>583.20000000000005</v>
+        <v>652.60000000000002</v>
       </c>
       <c r="K28" s="1">
-        <v>535.20000000000005</v>
+        <v>578.20000000000005</v>
       </c>
       <c r="L28" s="1">
-        <v>762.39999999999998</v>
+        <v>830.10000000000002</v>
       </c>
       <c r="M28" s="1">
-        <v>559.70000000000005</v>
+        <v>625.39999999999998</v>
       </c>
       <c r="N28" s="1">
-        <v>546.20000000000005</v>
+        <v>616.39999999999998</v>
       </c>
       <c r="O28" s="1">
-        <v>561.39999999999998</v>
+        <v>648.10000000000002</v>
       </c>
       <c r="P28" s="1">
-        <v>609.5</v>
+        <v>658.10000000000002</v>
       </c>
       <c r="Q28" s="1">
-        <v>684.70000000000005</v>
+        <v>752.60000000000002</v>
       </c>
       <c r="R28" s="1">
-        <v>591.20000000000005</v>
+        <v>638.60000000000002</v>
       </c>
       <c r="S28" s="1">
-        <v>595.0</v>
+        <v>657.20000000000005</v>
       </c>
       <c r="T28" s="1">
-        <v>872.70000000000005</v>
-[...523 lines deleted...]
-        <v>772.20000000000005</v>
+        <v>946.60000000000002</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>