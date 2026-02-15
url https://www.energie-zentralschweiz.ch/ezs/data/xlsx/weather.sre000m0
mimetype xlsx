--- v0 (2025-12-07)
+++ v1 (2026-02-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Monat</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
@@ -244,92 +244,50 @@
     </r>
     <r>
       <t xml:space="preserve">
 h</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Titlis</t>
     </r>
     <r>
       <t xml:space="preserve">
 h</t>
     </r>
   </si>
   <si>
-    <t>2023/01</t>
-[...40 lines deleted...]
-  <si>
     <t>2024/01</t>
   </si>
   <si>
     <t>2024/02</t>
   </si>
   <si>
     <t>2024/03</t>
   </si>
   <si>
     <t>2024/04</t>
   </si>
   <si>
     <t>2024/05</t>
   </si>
   <si>
     <t>2024/06</t>
   </si>
   <si>
     <t>2024/07</t>
   </si>
   <si>
     <t>2024/08</t>
   </si>
   <si>
     <t>2024/09</t>
@@ -356,50 +314,59 @@
     <t>2025/03</t>
   </si>
   <si>
     <t>2025/04</t>
   </si>
   <si>
     <t>2025/05</t>
   </si>
   <si>
     <t>2025/06</t>
   </si>
   <si>
     <t>2025/07</t>
   </si>
   <si>
     <t>2025/08</t>
   </si>
   <si>
     <t>2025/09</t>
   </si>
   <si>
     <t>2025/10</t>
   </si>
   <si>
     <t>2025/11</t>
+  </si>
+  <si>
+    <t>2025/12</t>
+  </si>
+  <si>
+    <t>2025 Total</t>
+  </si>
+  <si>
+    <t>2026/01</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -713,61 +680,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M38"/>
+  <dimension ref="A1:M28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="1" ySplit="1" activePane="bottomRight" state="frozen" topLeftCell="B2"/>
       <selection pane="bottomRight" activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="23.423" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
@@ -1108,1560 +1075,1150 @@
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Titlis</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">
 h</t>
           </r>
         </is>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>13</v>
       </c>
       <c r="B2">
-        <v>45.7</v>
+        <v>45.8</v>
       </c>
       <c r="C2">
-        <v>74.2</v>
+        <v>79.40000000000001</v>
       </c>
       <c r="D2">
-        <v>39.6</v>
+        <v>58.2</v>
       </c>
       <c r="E2">
-        <v>43.5</v>
+        <v>80.90000000000001</v>
       </c>
       <c r="F2">
-        <v>32.3</v>
+        <v>50.4</v>
       </c>
       <c r="G2">
-        <v>42.6</v>
+        <v>52.6</v>
       </c>
       <c r="H2">
-        <v>120.099999999999994</v>
+        <v>128.30000000000001</v>
       </c>
       <c r="I2">
-        <v>42.6</v>
+        <v>55.4</v>
       </c>
       <c r="J2">
-        <v>41.7</v>
+        <v>58.6</v>
       </c>
       <c r="K2">
-        <v>47.3</v>
+        <v>102.40000000000001</v>
       </c>
       <c r="L2">
-        <v>83.59999999999999</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>114.59999999999999</v>
+      </c>
+      <c r="M2">
+        <v>125.90000000000001</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B3">
-        <v>105.59999999999999</v>
+        <v>72.5</v>
       </c>
       <c r="C3">
-        <v>127.2</v>
+        <v>58.0</v>
       </c>
       <c r="D3">
-        <v>115.59999999999999</v>
+        <v>68.8</v>
       </c>
       <c r="E3">
-        <v>118.3</v>
+        <v>81.3</v>
       </c>
       <c r="F3">
-        <v>119.59999999999999</v>
+        <v>89.59999999999999</v>
       </c>
       <c r="G3">
-        <v>104.2</v>
+        <v>76.3</v>
       </c>
       <c r="H3">
-        <v>170.69999999999999</v>
+        <v>80.0</v>
       </c>
       <c r="I3">
-        <v>120.5</v>
+        <v>75.5</v>
       </c>
       <c r="J3">
-        <v>109.8</v>
+        <v>63.9</v>
       </c>
       <c r="K3">
-        <v>143.30000000000001</v>
+        <v>95.099999999999994</v>
       </c>
       <c r="L3">
-        <v>166.0</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>102.0</v>
+      </c>
+      <c r="M3">
+        <v>121.2</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B4">
-        <v>103.7</v>
+        <v>94.59999999999999</v>
       </c>
       <c r="C4">
-        <v>131.19999999999999</v>
+        <v>70.0</v>
       </c>
       <c r="D4">
-        <v>111.3</v>
+        <v>98.40000000000001</v>
       </c>
       <c r="E4">
+        <v>103.0</v>
+      </c>
+      <c r="F4">
+        <v>93.3</v>
+      </c>
+      <c r="G4">
+        <v>90.3</v>
+      </c>
+      <c r="H4">
+        <v>86.90000000000001</v>
+      </c>
+      <c r="I4">
+        <v>110.7</v>
+      </c>
+      <c r="J4">
         <v>97.2</v>
       </c>
-      <c r="F4">
-[...13 lines deleted...]
-      </c>
       <c r="K4">
-        <v>123.8</v>
+        <v>110.3</v>
       </c>
       <c r="L4">
-        <v>152.5</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>118.0</v>
+      </c>
+      <c r="M4">
+        <v>105.59999999999999</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B5">
-        <v>111.0</v>
+        <v>115.099999999999994</v>
       </c>
       <c r="C5">
-        <v>123.90000000000001</v>
+        <v>113.90000000000001</v>
       </c>
       <c r="D5">
-        <v>110.7</v>
+        <v>131.30000000000001</v>
       </c>
       <c r="E5">
-        <v>102.8</v>
+        <v>128.59999999999999</v>
       </c>
       <c r="F5">
-        <v>107.8</v>
+        <v>119.099999999999994</v>
       </c>
       <c r="G5">
-        <v>93.099999999999994</v>
+        <v>127.2</v>
       </c>
       <c r="H5">
-        <v>118.8</v>
+        <v>115.5</v>
       </c>
       <c r="I5">
-        <v>106.2</v>
+        <v>145.40000000000001</v>
       </c>
       <c r="J5">
-        <v>95.59999999999999</v>
+        <v>124.2</v>
       </c>
       <c r="K5">
-        <v>94.099999999999994</v>
+        <v>132.5</v>
       </c>
       <c r="L5">
-        <v>105.3</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>126.40000000000001</v>
+      </c>
+      <c r="M5">
+        <v>126.0</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B6">
-        <v>128.40000000000001</v>
+        <v>102.7</v>
       </c>
       <c r="C6">
-        <v>147.90000000000001</v>
+        <v>104.099999999999994</v>
       </c>
       <c r="D6">
-        <v>147.5</v>
+        <v>133.19999999999999</v>
       </c>
       <c r="E6">
-        <v>136.5</v>
+        <v>119.90000000000001</v>
       </c>
       <c r="F6">
-        <v>128.0</v>
+        <v>101.8</v>
       </c>
       <c r="G6">
-        <v>138.40000000000001</v>
+        <v>107.099999999999994</v>
       </c>
       <c r="H6">
-        <v>146.40000000000001</v>
+        <v>91.5</v>
       </c>
       <c r="I6">
-        <v>142.80000000000001</v>
+        <v>126.099999999999994</v>
       </c>
       <c r="J6">
-        <v>152.5</v>
+        <v>133.59999999999999</v>
       </c>
       <c r="K6">
-        <v>122.2</v>
+        <v>103.7</v>
       </c>
       <c r="L6">
-        <v>140.40000000000001</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>83.59999999999999</v>
+      </c>
+      <c r="M6">
+        <v>100.5</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B7">
-        <v>209.0</v>
+        <v>122.90000000000001</v>
       </c>
       <c r="C7">
-        <v>235.30000000000001</v>
+        <v>140.5</v>
       </c>
       <c r="D7">
-        <v>305.60000000000002</v>
+        <v>144.099999999999994</v>
       </c>
       <c r="E7">
-        <v>304.60000000000002</v>
+        <v>156.90000000000001</v>
       </c>
       <c r="F7">
-        <v>210.90000000000001</v>
+        <v>127.5</v>
       </c>
       <c r="G7">
-        <v>250.69999999999999</v>
+        <v>130.90000000000001</v>
       </c>
       <c r="H7">
-        <v>245.59999999999999</v>
+        <v>128.69999999999999</v>
       </c>
       <c r="I7">
-        <v>299.69999999999999</v>
+        <v>143.30000000000001</v>
       </c>
       <c r="J7">
-        <v>321.89999999999998</v>
+        <v>143.59999999999999</v>
       </c>
       <c r="K7">
-        <v>273.80000000000001</v>
+        <v>121.0</v>
       </c>
       <c r="L7">
-        <v>212.69999999999999</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>95.5</v>
+      </c>
+      <c r="M7">
+        <v>127.0</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B8">
-        <v>165.099999999999994</v>
+        <v>173.40000000000001</v>
       </c>
       <c r="C8">
-        <v>199.5</v>
+        <v>193.30000000000001</v>
       </c>
       <c r="D8">
-        <v>199.099999999999994</v>
+        <v>210.90000000000001</v>
       </c>
       <c r="E8">
-        <v>185.80000000000001</v>
+        <v>199.80000000000001</v>
       </c>
       <c r="F8">
-        <v>154.90000000000001</v>
+        <v>168.40000000000001</v>
       </c>
       <c r="G8">
-        <v>193.5</v>
+        <v>204.19999999999999</v>
       </c>
       <c r="H8">
-        <v>206.30000000000001</v>
+        <v>212.80000000000001</v>
       </c>
       <c r="I8">
-        <v>202.0</v>
+        <v>205.0</v>
       </c>
       <c r="J8">
-        <v>223.80000000000001</v>
+        <v>210.5</v>
       </c>
       <c r="K8">
-        <v>174.0</v>
+        <v>176.80000000000001</v>
       </c>
       <c r="L8">
-        <v>145.30000000000001</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>157.19999999999999</v>
+      </c>
+      <c r="M8">
+        <v>188.099999999999994</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B9">
-        <v>149.099999999999994</v>
+        <v>190.19999999999999</v>
       </c>
       <c r="C9">
-        <v>170.30000000000001</v>
+        <v>227.90000000000001</v>
       </c>
       <c r="D9">
-        <v>199.90000000000001</v>
+        <v>261.30000000000001</v>
       </c>
       <c r="E9">
-        <v>180.0</v>
+        <v>251.0</v>
       </c>
       <c r="F9">
-        <v>149.69999999999999</v>
+        <v>190.90000000000001</v>
       </c>
       <c r="G9">
-        <v>170.69999999999999</v>
+        <v>229.30000000000001</v>
       </c>
       <c r="H9">
-        <v>196.59999999999999</v>
+        <v>263.19999999999999</v>
       </c>
       <c r="I9">
-        <v>201.0</v>
+        <v>244.59999999999999</v>
       </c>
       <c r="J9">
-        <v>192.90000000000001</v>
+        <v>258.80000000000001</v>
       </c>
       <c r="K9">
-        <v>185.0</v>
+        <v>228.59999999999999</v>
       </c>
       <c r="L9">
-        <v>171.099999999999994</v>
+        <v>217.5</v>
       </c>
       <c r="M9">
-        <v>150.40000000000001</v>
+        <v>221.0</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B10">
-        <v>189.90000000000001</v>
+        <v>119.7</v>
       </c>
       <c r="C10">
-        <v>192.40000000000001</v>
+        <v>93.099999999999994</v>
       </c>
       <c r="D10">
-        <v>242.80000000000001</v>
+        <v>116.40000000000001</v>
       </c>
       <c r="E10">
-        <v>235.19999999999999</v>
+        <v>115.099999999999994</v>
       </c>
       <c r="F10">
-        <v>191.40000000000001</v>
+        <v>112.59999999999999</v>
       </c>
       <c r="G10">
-        <v>208.80000000000001</v>
+        <v>106.0</v>
       </c>
       <c r="H10">
-        <v>228.19999999999999</v>
+        <v>106.8</v>
       </c>
       <c r="I10">
-        <v>234.40000000000001</v>
+        <v>112.40000000000001</v>
       </c>
       <c r="J10">
-        <v>222.59999999999999</v>
+        <v>108.40000000000001</v>
       </c>
       <c r="K10">
-        <v>222.099999999999994</v>
+        <v>100.099999999999994</v>
       </c>
       <c r="L10">
-        <v>200.5</v>
+        <v>129.30000000000001</v>
       </c>
       <c r="M10">
-        <v>237.80000000000001</v>
+        <v>134.59999999999999</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B11">
-        <v>138.80000000000001</v>
+        <v>55.6</v>
       </c>
       <c r="C11">
-        <v>129.59999999999999</v>
+        <v>62.2</v>
       </c>
       <c r="D11">
-        <v>149.30000000000001</v>
+        <v>45.2</v>
       </c>
       <c r="E11">
-        <v>138.099999999999994</v>
+        <v>88.7</v>
       </c>
       <c r="F11">
-        <v>141.59999999999999</v>
+        <v>79.59999999999999</v>
       </c>
       <c r="G11">
-        <v>144.30000000000001</v>
+        <v>49.9</v>
       </c>
       <c r="H11">
-        <v>164.59999999999999</v>
+        <v>82.90000000000001</v>
       </c>
       <c r="I11">
-        <v>158.30000000000001</v>
+        <v>62.0</v>
       </c>
       <c r="J11">
-        <v>140.19999999999999</v>
+        <v>48.6</v>
       </c>
       <c r="K11">
-        <v>166.099999999999994</v>
+        <v>117.3</v>
       </c>
       <c r="L11">
-        <v>167.90000000000001</v>
+        <v>115.0</v>
       </c>
       <c r="M11">
-        <v>176.40000000000001</v>
+        <v>106.90000000000001</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B12">
-        <v>32.4</v>
+        <v>64.40000000000001</v>
       </c>
       <c r="C12">
-        <v>44.0</v>
+        <v>124.0</v>
       </c>
       <c r="D12">
-        <v>42.6</v>
+        <v>32.3</v>
       </c>
       <c r="E12">
-        <v>39.2</v>
+        <v>115.90000000000001</v>
       </c>
       <c r="F12">
-        <v>28.8</v>
+        <v>97.7</v>
       </c>
       <c r="G12">
-        <v>35.9</v>
+        <v>50.0</v>
       </c>
       <c r="H12">
-        <v>72.7</v>
+        <v>178.5</v>
       </c>
       <c r="I12">
-        <v>46.9</v>
+        <v>55.6</v>
       </c>
       <c r="J12">
-        <v>37.7</v>
+        <v>58.1</v>
       </c>
       <c r="K12">
-        <v>40.1</v>
+        <v>166.19999999999999</v>
       </c>
       <c r="L12">
-        <v>43.1</v>
+        <v>179.40000000000001</v>
       </c>
       <c r="M12">
-        <v>55.7</v>
+        <v>197.0</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B13">
-        <v>37.9</v>
+        <v>23.9</v>
       </c>
       <c r="C13">
-        <v>45.3</v>
+        <v>67.7</v>
       </c>
       <c r="D13">
-        <v>40.6</v>
+        <v>32.7</v>
       </c>
       <c r="E13">
-        <v>74.7</v>
+        <v>82.40000000000001</v>
       </c>
       <c r="F13">
-        <v>27.2</v>
+        <v>32.0</v>
       </c>
       <c r="G13">
-        <v>41.6</v>
+        <v>26.4</v>
       </c>
       <c r="H13">
-        <v>90.90000000000001</v>
+        <v>125.7</v>
       </c>
       <c r="I13">
-        <v>43.7</v>
+        <v>34.3</v>
       </c>
       <c r="J13">
-        <v>42.3</v>
+        <v>39.0</v>
       </c>
       <c r="K13">
-        <v>84.8</v>
+        <v>107.5</v>
       </c>
       <c r="L13">
-        <v>77.2</v>
+        <v>110.7</v>
       </c>
       <c r="M13">
-        <v>88.40000000000001</v>
+        <v>130.40000000000001</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B14">
-        <v>1416.40000000000009</v>
+        <v>1180.70000000000005</v>
       </c>
       <c r="C14">
-        <v>1620.59999999999991</v>
+        <v>1334.099999999999909</v>
       </c>
       <c r="D14">
-        <v>1704.59999999999991</v>
+        <v>1332.59999999999991</v>
       </c>
       <c r="E14">
-        <v>1655.79999999999995</v>
+        <v>1523.5</v>
       </c>
       <c r="F14">
-        <v>1407.0</v>
+        <v>1262.70000000000005</v>
       </c>
       <c r="G14">
-        <v>1523.20000000000005</v>
+        <v>1250.099999999999909</v>
       </c>
       <c r="H14">
-        <v>1916.59999999999991</v>
+        <v>1600.79999999999995</v>
       </c>
       <c r="I14">
-        <v>1712.79999999999995</v>
+        <v>1370.099999999999909</v>
       </c>
       <c r="J14">
-        <v>1688.5</v>
+        <v>1344.40000000000009</v>
       </c>
       <c r="K14">
-        <v>1676.40000000000009</v>
+        <v>1561.29999999999995</v>
       </c>
       <c r="L14">
-        <v>1665.59999999999991</v>
+        <v>1548.90000000000009</v>
       </c>
       <c r="M14">
-        <v>708.70000000000005</v>
+        <v>1684.0</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B15">
-        <v>45.8</v>
+        <v>55.8</v>
       </c>
       <c r="C15">
-        <v>79.40000000000001</v>
+        <v>76.40000000000001</v>
       </c>
       <c r="D15">
-        <v>58.2</v>
+        <v>52.1</v>
       </c>
       <c r="E15">
-        <v>80.90000000000001</v>
+        <v>99.2</v>
       </c>
       <c r="F15">
-        <v>50.4</v>
+        <v>53.6</v>
       </c>
       <c r="G15">
-        <v>52.6</v>
+        <v>53.1</v>
       </c>
       <c r="H15">
-        <v>128.30000000000001</v>
+        <v>120.59999999999999</v>
       </c>
       <c r="I15">
-        <v>55.4</v>
+        <v>50.2</v>
       </c>
       <c r="J15">
-        <v>58.6</v>
+        <v>55.8</v>
       </c>
       <c r="K15">
-        <v>102.40000000000001</v>
+        <v>107.0</v>
       </c>
       <c r="L15">
-        <v>114.59999999999999</v>
+        <v>120.90000000000001</v>
       </c>
       <c r="M15">
-        <v>125.90000000000001</v>
+        <v>142.80000000000001</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B16">
-        <v>72.5</v>
+        <v>79.2</v>
       </c>
       <c r="C16">
-        <v>58.0</v>
+        <v>108.90000000000001</v>
       </c>
       <c r="D16">
-        <v>68.8</v>
+        <v>42.7</v>
       </c>
       <c r="E16">
-        <v>81.3</v>
+        <v>60.0</v>
       </c>
       <c r="F16">
-        <v>89.59999999999999</v>
+        <v>89.3</v>
       </c>
       <c r="G16">
-        <v>76.3</v>
+        <v>41.2</v>
       </c>
       <c r="H16">
-        <v>80.0</v>
+        <v>139.30000000000001</v>
       </c>
       <c r="I16">
-        <v>75.5</v>
+        <v>35.8</v>
       </c>
       <c r="J16">
-        <v>63.9</v>
+        <v>38.7</v>
       </c>
       <c r="K16">
-        <v>95.099999999999994</v>
+        <v>108.2</v>
       </c>
       <c r="L16">
-        <v>102.0</v>
+        <v>125.5</v>
       </c>
       <c r="M16">
-        <v>121.2</v>
+        <v>140.5</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B17">
-        <v>94.59999999999999</v>
+        <v>140.80000000000001</v>
       </c>
       <c r="C17">
-        <v>70.0</v>
+        <v>132.5</v>
       </c>
       <c r="D17">
-        <v>98.40000000000001</v>
+        <v>145.099999999999994</v>
       </c>
       <c r="E17">
-        <v>103.0</v>
+        <v>127.5</v>
       </c>
       <c r="F17">
-        <v>93.3</v>
+        <v>134.90000000000001</v>
       </c>
       <c r="G17">
-        <v>90.3</v>
+        <v>127.8</v>
       </c>
       <c r="H17">
-        <v>86.90000000000001</v>
+        <v>149.80000000000001</v>
       </c>
       <c r="I17">
-        <v>110.7</v>
+        <v>133.5</v>
       </c>
       <c r="J17">
-        <v>97.2</v>
+        <v>135.69999999999999</v>
       </c>
       <c r="K17">
-        <v>110.3</v>
+        <v>134.40000000000001</v>
       </c>
       <c r="L17">
-        <v>118.0</v>
+        <v>166.90000000000001</v>
       </c>
       <c r="M17">
-        <v>105.59999999999999</v>
+        <v>219.5</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B18">
-        <v>115.099999999999994</v>
+        <v>183.099999999999994</v>
       </c>
       <c r="C18">
-        <v>113.90000000000001</v>
+        <v>186.90000000000001</v>
       </c>
       <c r="D18">
-        <v>131.30000000000001</v>
+        <v>251.90000000000001</v>
       </c>
       <c r="E18">
-        <v>128.59999999999999</v>
+        <v>232.30000000000001</v>
       </c>
       <c r="F18">
-        <v>119.099999999999994</v>
+        <v>203.19999999999999</v>
       </c>
       <c r="G18">
-        <v>127.2</v>
+        <v>219.69999999999999</v>
       </c>
       <c r="H18">
-        <v>115.5</v>
+        <v>210.69999999999999</v>
       </c>
       <c r="I18">
-        <v>145.40000000000001</v>
+        <v>229.099999999999994</v>
       </c>
       <c r="J18">
-        <v>124.2</v>
+        <v>237.80000000000001</v>
       </c>
       <c r="K18">
-        <v>132.5</v>
+        <v>199.80000000000001</v>
       </c>
       <c r="L18">
-        <v>126.40000000000001</v>
+        <v>207.40000000000001</v>
       </c>
       <c r="M18">
-        <v>126.0</v>
+        <v>221.19999999999999</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B19">
-        <v>102.7</v>
+        <v>135.59999999999999</v>
       </c>
       <c r="C19">
-        <v>104.099999999999994</v>
+        <v>159.40000000000001</v>
       </c>
       <c r="D19">
-        <v>133.19999999999999</v>
+        <v>182.099999999999994</v>
       </c>
       <c r="E19">
-        <v>119.90000000000001</v>
+        <v>162.19999999999999</v>
       </c>
       <c r="F19">
-        <v>101.8</v>
+        <v>126.7</v>
       </c>
       <c r="G19">
-        <v>107.099999999999994</v>
+        <v>158.5</v>
       </c>
       <c r="H19">
-        <v>91.5</v>
+        <v>174.90000000000001</v>
       </c>
       <c r="I19">
+        <v>182.0</v>
+      </c>
+      <c r="J19">
+        <v>187.69999999999999</v>
+      </c>
+      <c r="K19">
+        <v>169.40000000000001</v>
+      </c>
+      <c r="L19">
         <v>126.099999999999994</v>
       </c>
-      <c r="J19">
-[...7 lines deleted...]
-      </c>
       <c r="M19">
-        <v>100.5</v>
+        <v>125.7</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B20">
-        <v>122.90000000000001</v>
+        <v>225.19999999999999</v>
       </c>
       <c r="C20">
-        <v>140.5</v>
+        <v>238.19999999999999</v>
       </c>
       <c r="D20">
-        <v>144.099999999999994</v>
+        <v>276.10000000000002</v>
       </c>
       <c r="E20">
-        <v>156.90000000000001</v>
+        <v>276.19999999999999</v>
       </c>
       <c r="F20">
-        <v>127.5</v>
+        <v>240.099999999999994</v>
       </c>
       <c r="G20">
-        <v>130.90000000000001</v>
+        <v>267.10000000000002</v>
       </c>
       <c r="H20">
-        <v>128.69999999999999</v>
+        <v>259.30000000000001</v>
       </c>
       <c r="I20">
-        <v>143.30000000000001</v>
+        <v>288.60000000000002</v>
       </c>
       <c r="J20">
-        <v>143.59999999999999</v>
+        <v>291.19999999999999</v>
       </c>
       <c r="K20">
-        <v>121.0</v>
+        <v>278.30000000000001</v>
       </c>
       <c r="L20">
-        <v>95.5</v>
+        <v>238.59999999999999</v>
       </c>
       <c r="M20">
-        <v>127.0</v>
+        <v>225.0</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B21">
-        <v>173.40000000000001</v>
+        <v>127.7</v>
       </c>
       <c r="C21">
-        <v>193.30000000000001</v>
+        <v>163.5</v>
       </c>
       <c r="D21">
-        <v>210.90000000000001</v>
+        <v>188.0</v>
       </c>
       <c r="E21">
-        <v>199.80000000000001</v>
+        <v>170.80000000000001</v>
       </c>
       <c r="F21">
-        <v>168.40000000000001</v>
+        <v>131.80000000000001</v>
       </c>
       <c r="G21">
-        <v>204.19999999999999</v>
+        <v>169.30000000000001</v>
       </c>
       <c r="H21">
-        <v>212.80000000000001</v>
+        <v>172.099999999999994</v>
       </c>
       <c r="I21">
-        <v>205.0</v>
+        <v>188.0</v>
       </c>
       <c r="J21">
-        <v>210.5</v>
+        <v>201.80000000000001</v>
       </c>
       <c r="K21">
-        <v>176.80000000000001</v>
+        <v>165.80000000000001</v>
       </c>
       <c r="L21">
-        <v>157.19999999999999</v>
+        <v>106.099999999999994</v>
       </c>
       <c r="M21">
-        <v>188.099999999999994</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B22">
-        <v>190.19999999999999</v>
+        <v>180.80000000000001</v>
       </c>
       <c r="C22">
-        <v>227.90000000000001</v>
+        <v>216.5</v>
       </c>
       <c r="D22">
-        <v>261.30000000000001</v>
+        <v>248.19999999999999</v>
       </c>
       <c r="E22">
-        <v>251.0</v>
+        <v>226.5</v>
       </c>
       <c r="F22">
-        <v>190.90000000000001</v>
+        <v>186.80000000000001</v>
       </c>
       <c r="G22">
-        <v>229.30000000000001</v>
+        <v>225.90000000000001</v>
       </c>
       <c r="H22">
-        <v>263.19999999999999</v>
+        <v>247.30000000000001</v>
       </c>
       <c r="I22">
-        <v>244.59999999999999</v>
+        <v>240.0</v>
       </c>
       <c r="J22">
-        <v>258.80000000000001</v>
+        <v>245.69999999999999</v>
       </c>
       <c r="K22">
-        <v>228.59999999999999</v>
+        <v>226.30000000000001</v>
       </c>
       <c r="L22">
-        <v>217.5</v>
+        <v>208.30000000000001</v>
       </c>
       <c r="M22">
-        <v>221.0</v>
+        <v>170.80000000000001</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B23">
-        <v>119.7</v>
+        <v>113.40000000000001</v>
       </c>
       <c r="C23">
-        <v>93.099999999999994</v>
+        <v>123.59999999999999</v>
       </c>
       <c r="D23">
-        <v>116.40000000000001</v>
+        <v>130.59999999999999</v>
       </c>
       <c r="E23">
-        <v>115.099999999999994</v>
+        <v>119.5</v>
       </c>
       <c r="F23">
-        <v>112.59999999999999</v>
+        <v>117.40000000000001</v>
       </c>
       <c r="G23">
-        <v>106.0</v>
+        <v>119.8</v>
       </c>
       <c r="H23">
-        <v>106.8</v>
+        <v>148.19999999999999</v>
       </c>
       <c r="I23">
-        <v>112.40000000000001</v>
+        <v>136.69999999999999</v>
       </c>
       <c r="J23">
-        <v>108.40000000000001</v>
+        <v>116.2</v>
       </c>
       <c r="K23">
-        <v>100.099999999999994</v>
+        <v>123.5</v>
       </c>
       <c r="L23">
-        <v>129.30000000000001</v>
+        <v>139.69999999999999</v>
       </c>
       <c r="M23">
-        <v>134.59999999999999</v>
+        <v>148.19999999999999</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B24">
-        <v>55.6</v>
+        <v>90.099999999999994</v>
       </c>
       <c r="C24">
-        <v>62.2</v>
+        <v>135.30000000000001</v>
       </c>
       <c r="D24">
-        <v>45.2</v>
+        <v>72.099999999999994</v>
       </c>
       <c r="E24">
-        <v>88.7</v>
+        <v>73.7</v>
       </c>
       <c r="F24">
-        <v>79.59999999999999</v>
+        <v>108.59999999999999</v>
       </c>
       <c r="G24">
-        <v>49.9</v>
+        <v>69.3</v>
       </c>
       <c r="H24">
-        <v>82.90000000000001</v>
+        <v>178.099999999999994</v>
       </c>
       <c r="I24">
-        <v>62.0</v>
+        <v>68.90000000000001</v>
       </c>
       <c r="J24">
-        <v>48.6</v>
+        <v>73.3</v>
       </c>
       <c r="K24">
-        <v>117.3</v>
+        <v>99.099999999999994</v>
       </c>
       <c r="L24">
-        <v>115.0</v>
+        <v>182.80000000000001</v>
       </c>
       <c r="M24">
-        <v>106.90000000000001</v>
+        <v>180.5</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B25">
-        <v>64.40000000000001</v>
+        <v>78.7</v>
       </c>
       <c r="C25">
-        <v>124.0</v>
+        <v>91.0</v>
       </c>
       <c r="D25">
-        <v>32.3</v>
+        <v>80.0</v>
       </c>
       <c r="E25">
-        <v>115.90000000000001</v>
+        <v>107.3</v>
       </c>
       <c r="F25">
-        <v>97.7</v>
+        <v>78.8</v>
       </c>
       <c r="G25">
-        <v>50.0</v>
+        <v>81.90000000000001</v>
       </c>
       <c r="H25">
-        <v>178.5</v>
+        <v>125.90000000000001</v>
       </c>
       <c r="I25">
-        <v>55.6</v>
+        <v>88.40000000000001</v>
       </c>
       <c r="J25">
-        <v>58.1</v>
+        <v>71.3</v>
       </c>
       <c r="K25">
-        <v>166.19999999999999</v>
+        <v>113.2</v>
       </c>
       <c r="L25">
-        <v>179.40000000000001</v>
+        <v>123.3</v>
       </c>
       <c r="M25">
-        <v>197.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B26">
-        <v>23.9</v>
+        <v>26.8</v>
       </c>
       <c r="C26">
-        <v>67.7</v>
+        <v>56.9</v>
       </c>
       <c r="D26">
-        <v>32.7</v>
+        <v>23.0</v>
       </c>
       <c r="E26">
-        <v>82.40000000000001</v>
+        <v>97.5</v>
       </c>
       <c r="F26">
-        <v>32.0</v>
+        <v>40.4</v>
       </c>
       <c r="G26">
-        <v>26.4</v>
+        <v>28.0</v>
       </c>
       <c r="H26">
-        <v>125.7</v>
+        <v>116.099999999999994</v>
       </c>
       <c r="I26">
-        <v>34.3</v>
+        <v>28.3</v>
       </c>
       <c r="J26">
-        <v>39.0</v>
+        <v>19.7</v>
       </c>
       <c r="K26">
-        <v>107.5</v>
+        <v>130.099999999999994</v>
       </c>
       <c r="L26">
-        <v>110.7</v>
+        <v>137.80000000000001</v>
       </c>
       <c r="M26">
-        <v>130.40000000000001</v>
+        <v>158.69999999999999</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B27">
-        <v>1180.70000000000005</v>
+        <v>1437.099999999999909</v>
       </c>
       <c r="C27">
-        <v>1334.099999999999909</v>
+        <v>1689.20000000000005</v>
       </c>
       <c r="D27">
-        <v>1332.59999999999991</v>
+        <v>1691.79999999999995</v>
       </c>
       <c r="E27">
-        <v>1523.5</v>
+        <v>1752.70000000000005</v>
       </c>
       <c r="F27">
-        <v>1262.70000000000005</v>
+        <v>1511.5</v>
       </c>
       <c r="G27">
-        <v>1250.099999999999909</v>
+        <v>1561.40000000000009</v>
       </c>
       <c r="H27">
-        <v>1600.79999999999995</v>
+        <v>2042.29999999999995</v>
       </c>
       <c r="I27">
-        <v>1370.099999999999909</v>
+        <v>1669.5</v>
       </c>
       <c r="J27">
-        <v>1344.40000000000009</v>
+        <v>1674.90000000000009</v>
       </c>
       <c r="K27">
-        <v>1561.29999999999995</v>
+        <v>1855.20000000000005</v>
       </c>
       <c r="L27">
-        <v>1548.90000000000009</v>
+        <v>1883.40000000000009</v>
       </c>
       <c r="M27">
-        <v>1684.0</v>
+        <v>1977.90000000000009</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B28">
-        <v>55.8</v>
+        <v>61.9</v>
       </c>
       <c r="C28">
-        <v>76.40000000000001</v>
+        <v>64.7</v>
       </c>
       <c r="D28">
-        <v>52.1</v>
+        <v>48.1</v>
       </c>
       <c r="E28">
-        <v>99.2</v>
+        <v>106.7</v>
       </c>
       <c r="F28">
-        <v>53.6</v>
+        <v>62.1</v>
       </c>
       <c r="G28">
-        <v>53.1</v>
+        <v>54.5</v>
       </c>
       <c r="H28">
-        <v>120.59999999999999</v>
+        <v>117.40000000000001</v>
       </c>
       <c r="I28">
-        <v>50.2</v>
+        <v>54.6</v>
       </c>
       <c r="J28">
-        <v>55.8</v>
+        <v>44.6</v>
       </c>
       <c r="K28">
-        <v>107.0</v>
+        <v>116.40000000000001</v>
       </c>
       <c r="L28">
-        <v>120.90000000000001</v>
+        <v>121.7</v>
       </c>
       <c r="M28">
-        <v>142.80000000000001</v>
-[...409 lines deleted...]
-        <v>135.0</v>
+        <v>140.19999999999999</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>